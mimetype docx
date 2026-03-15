--- v0 (2025-10-04)
+++ v1 (2026-03-15)
@@ -1,35 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
@@ -512,68 +513,59 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>artner 1]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A07579">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545805">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">shall also act as the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Project </w:t>
-[...7 lines deleted...]
-        <w:t>Coordinator</w:t>
+        <w:t>Project Coordinator</w:t>
       </w:r>
       <w:r w:rsidRPr="00545805">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3FBF7128" w14:textId="77777777" w:rsidR="001B047B" w:rsidRPr="001552FC" w:rsidRDefault="001B047B" w:rsidP="3278A592">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
@@ -684,60 +676,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>” and as “</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Name Partner</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>]”;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E64DEC7" w14:textId="6962AAD7" w:rsidR="001B047B" w:rsidRPr="00545805" w:rsidRDefault="001B047B" w:rsidP="3278A592">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
@@ -841,60 +825,52 @@
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>” and as “[</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Name Partner</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>]”;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3E241F5E" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
@@ -1065,188 +1041,161 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>voor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kennis </w:t>
+        <w:t xml:space="preserve"> Kennis en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t>Innovatie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>’ or ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>TKI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Life Sciences and Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) is represented by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t>Innovatie</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>’ or ‘</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">) is represented by </w:t>
+        <w:t xml:space="preserve"> Life Sciences Health – TKI (also acting under its trade name Health~Holland, hereinafter referred to as “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> LSH-TKI</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">”), tasked by the Dutch government to promote and stimulate new public-private partnerships to undertake research and development projects in the life </w:t>
-[...7 lines deleted...]
-        <w:t>sciences</w:t>
+        <w:t>”), tasked by the Dutch government to promote and stimulate new public-private partnerships to undertake research and development projects in the life sciences</w:t>
       </w:r>
       <w:r w:rsidR="0045505E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4228D7C0" w14:textId="77777777" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="0045505E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6170C082" w14:textId="34E9DB7F" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
+    <w:p w14:paraId="0A61C06D" w14:textId="2ACD91B4" w:rsidR="00C7046B" w:rsidRDefault="00163F9E" w:rsidP="00C7046B">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">To promote such partnerships, the Minister of Economic Affairs and Climate Policy has allocated certain funds to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
@@ -1279,262 +1228,288 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a “</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PPP </w:t>
       </w:r>
       <w:r w:rsidR="006C042A" w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>”);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D1FD89" w14:textId="77777777" w:rsidR="00C7046B" w:rsidRPr="00C53770" w:rsidRDefault="00C7046B" w:rsidP="00C53770">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA86F2F" w14:textId="39EF213E" w:rsidR="00C7046B" w:rsidRPr="00BD5481" w:rsidRDefault="00C7046B" w:rsidP="00C7046B">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Stichting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LSH-TKI has given the PPP Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE529B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>DEM</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE529B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TE</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE529B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (hereinafter: the PPP Program) and subsequently the PPP Program Partners (as defined) the opportunity to award PPP Subsidy to projects within the context of the PPP Program. The PPP Program grants the PPP Subsidy to subsequent PPP projects and is responsible for the monitoring of these PPP projects. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="60882142" w14:textId="77777777" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="0045505E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E9A599D" w14:textId="4BB6A82D" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
+    <w:p w14:paraId="7E9A599D" w14:textId="4DF5DF05" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Participants desire to start a research project titled [</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>] (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Project</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">”) within the scope of the TKI-programme Life Sciences &amp; Health and have submitted an application to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">”) within the scope of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7046B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
+      </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> and have submitted an application for the grant of such PPP </w:t>
+      </w:r>
+      <w:r w:rsidR="006C042A" w:rsidRPr="3278A592">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subsidy </w:t>
+      </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI for the grant of such PPP </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Subsidy </w:t>
+        <w:t>to the Project (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t>to the Project (the “</w:t>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Project Application</w:t>
       </w:r>
       <w:r w:rsidRPr="3278A592">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        </w:rPr>
+        <w:t>”);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="433FB89E" w14:textId="77777777" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="0045505E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7077D396" w14:textId="37CC623B" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
+    <w:p w14:paraId="7077D396" w14:textId="4A9B67DE" w:rsidR="0045505E" w:rsidRPr="0045505E" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">applicable conditions of the PPP </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="006C042A" w:rsidRPr="001552FC">
+        <w:t xml:space="preserve">applicable conditions of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A" w:rsidRPr="00884E9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F00020">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI upon approval of the Project Application, </w:t>
+      <w:r w:rsidR="00884E9A" w:rsidRPr="00462501">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Letter to be signed </w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A" w:rsidRPr="00FA5E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the authorized representatives of the  </w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A" w:rsidRPr="00462501">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Main Project Applicant and the PPP Program Lead Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upon approval of the Project Application, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> desire to specify the binding commitments among themselves with regard to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1561,160 +1536,173 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, all in accordance with the terms and conditions of this Consortium Agreement;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59320F0A" w14:textId="77777777" w:rsidR="0045505E" w:rsidRPr="001552FC" w:rsidRDefault="0045505E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46B77E91" w14:textId="6E83B311" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
+    <w:p w14:paraId="46B77E91" w14:textId="22F9A961" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="0045505E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C0200">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="006C0200">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> agree that in case </w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the PPP Program, or by extension </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C0200">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichtin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI does not grant the PPP </w:t>
+        <w:t xml:space="preserve"> LSH-TKI</w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not grant the PPP </w:t>
       </w:r>
       <w:r w:rsidR="006C042A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r w:rsidR="006C042A" w:rsidRPr="006C0200">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0200">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">as applied for, this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Consortium </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0200">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Agreement will be terminated, except for the confidentiality provisions</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that will survive </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> that will survive termination;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="087F5C51" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19054886" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
@@ -1760,122 +1748,112 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4C8151" w14:textId="26EBBD57" w:rsidR="00163F9E" w:rsidRPr="005D163F" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="5F4C8151" w14:textId="342C03AA" w:rsidR="00163F9E" w:rsidRPr="005D163F" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D163F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Words beginning with a capital letter shall have the meaning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D163F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">defined either herein or in the </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t>Agreement.</w:t>
+      <w:r w:rsidR="00884E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter (in Dutch)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1509F6F7" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00E1711A" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1930,62 +1908,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> to a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’s Background or Foreground</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as set out in this Consortium </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> as set out in this Consortium Agreement;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3A5422D8" w14:textId="68E022C4" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
@@ -2083,60 +2051,58 @@
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the direct or indirect holding of more than 50% of the nominal value of the issued share capital in the legal entity concerned, or of a majority of the voting rights of the shareholders or associates of that </w:t>
       </w:r>
       <w:r w:rsidR="008267EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">legal </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>entity;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="771B9C96" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the direct or indirect holding, in fact or in law, of decision-making powers in the legal entity concerned.</w:t>
@@ -2250,219 +2216,204 @@
         <w:t>Annex 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to this Consortium Agreement, together with any (legal) restrictions or limits to the use thereof</w:t>
       </w:r>
       <w:r w:rsidR="007079FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007079FC" w:rsidRPr="00863F09">
         <w:rPr>
           <w:rStyle w:val="Zwaar"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">provided that any such restrictions or limitations shall not conflict with the provisions of this Consortium </w:t>
-[...9 lines deleted...]
-        <w:t>Agreement</w:t>
+        <w:t>provided that any such restrictions or limitations shall not conflict with the provisions of this Consortium Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0231F0EB" w14:textId="2B34BC43" w:rsidR="00A56030" w:rsidRPr="00A56030" w:rsidRDefault="00A56030" w:rsidP="00A56030">
+    <w:p w14:paraId="0231F0EB" w14:textId="535DB738" w:rsidR="00A56030" w:rsidRPr="00A56030" w:rsidRDefault="00A56030" w:rsidP="00A56030">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk26113529"/>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Budget</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">” means the budget submitted to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00884E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in the TKI-LSH Budget Form providing an estimate of the total cost to carry out the Project, including an overview of the contributions of each Participant to the Project. The Budget is attached </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5F32" w:rsidRPr="00CF35F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Annex 2</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI in the TKI-LSH Budget Form providing an estimate of the total cost to carry out the Project, including an overview of the contributions of each Participant to the Project. The Budget is attached </w:t>
-[...8 lines deleted...]
-        <w:t>as</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF5F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A56030">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="006C042A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A56030">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF5F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>Annex 2</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consortium </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...47 lines deleted...]
-        </w:rPr>
         <w:t>Agreement;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="02FB0F47" w14:textId="3E5FF475" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
@@ -2492,62 +2443,52 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="00691B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> declare the Project Coordinator a Defaulting </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> declare the Project Coordinator a Defaulting Participant;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="68AB7700" w14:textId="23C67A6F" w:rsidR="00DC5544" w:rsidRPr="000F4F8E" w:rsidRDefault="00163F9E" w:rsidP="000F4F8E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4C31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
@@ -2617,69 +2558,51 @@
         </w:rPr>
         <w:t xml:space="preserve">the receiving </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="008F724D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4C31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in connection with the Project (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">) which is </w:t>
+        <w:t xml:space="preserve"> in connection with the Project (i) which is </w:t>
       </w:r>
       <w:r w:rsidR="00F86A75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">explicitly </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4C31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">marked or indicated as being </w:t>
       </w:r>
       <w:r w:rsidR="00F86A75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
@@ -2830,64 +2753,54 @@
         </w:rPr>
         <w:t>Consortium Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">” means this consortium agreement as well as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the pre-amble and </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">all annexes </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>all annexes hereto;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7EE55721" w14:textId="0365B2AA" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="7EE55721" w14:textId="5721116B" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
@@ -2932,244 +2845,198 @@
         </w:rPr>
         <w:t xml:space="preserve"> which the Project Committee has declared to be in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">substantial </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>breach of this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Consortium Agreement or the PPP </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Agreement in accordance with </w:t>
+        <w:t xml:space="preserve"> Consortium Agreement or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00884E9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with </w:t>
       </w:r>
       <w:r w:rsidRPr="003604F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s 3.5 and</w:t>
       </w:r>
       <w:r w:rsidRPr="003604F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6.5 of</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> this Consortium </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> this Consortium Agreement; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4C8912" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00931A21" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Effective Date</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>” means the date first written in the pre-</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>” means the date first written in the pre-amble;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7203834C" w14:textId="7E0A81E6" w:rsidR="005747E8" w:rsidRDefault="005747E8" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Force Majeure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="005747E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">has the meaning assigned thereto in article 6:75 of the Dutch Civil </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>has the meaning assigned thereto in article 6:75 of the Dutch Civil Code;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76334995" w14:textId="5E54B07D" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="76334995" w14:textId="5E54B07D" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
@@ -3293,115 +3160,282 @@
         </w:rPr>
         <w:t xml:space="preserve">(alone or together with other Participants) </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>under the Project, as well as any rights attached to it</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> including intellectual property </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> including intellectual property rights;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A84EFD" w14:textId="77777777" w:rsidR="00630C4F" w:rsidRPr="006F2E12" w:rsidRDefault="00630C4F" w:rsidP="00630C4F">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="45" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Letter” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>means the Grant Letter (to be) signed by the authorized representatives of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(i) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Main Project Applicant and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the PPP Program Lead Partner, in which the PPP Program grants the PPP Subsidy to the Participants subject to the terms and conditions set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEB18D9" w14:textId="77777777" w:rsidR="00630C4F" w:rsidRPr="006F2E12" w:rsidRDefault="00630C4F" w:rsidP="00630C4F">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:spacing w:before="120" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="45"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17269C2B" w14:textId="525EA096" w:rsidR="00630C4F" w:rsidRPr="00D85E85" w:rsidRDefault="00630C4F" w:rsidP="00D85E85">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="45" w:hanging="851"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>“Main Project Applicant”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>means the main applicant and penman of the Project being [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>entity name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00870641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="289AD55D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">” has the meaning assigned to it in Section </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>” has the meaning assigned to it in Section 6.1;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="56F80A8E" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
@@ -3678,466 +3712,587 @@
       <w:r w:rsidRPr="00470455">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> would be technically or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00470455">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>legally impossible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089CF9F2" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="76174E87" w14:textId="37CF5344" w:rsidR="00DF7E97" w:rsidRPr="00D85E85" w:rsidRDefault="00163F9E" w:rsidP="00DF7E97">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Option</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">” has the meaning assigned to it in Section 8.5 of this Consortium </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>” has the meaning assigned to it in Section 8.5 of this Consortium Agreement;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="092D6965" w14:textId="45FF3799" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="681D49C3" w14:textId="234C1956" w:rsidR="00DF7E97" w:rsidRPr="005E15BE" w:rsidRDefault="00DF7E97" w:rsidP="005E15BE">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="45" w:hanging="792"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>titled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>“Innovatieve Technologieën voor Mensen met Dementie:</w:t>
+      </w:r>
+      <w:r w:rsidR="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Ondersteuning voor de Veranderende Zorgbehoeften en Verbetering van Kwaliteit van Leven: DEMTECH”</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stichting LSH-TKI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>reserved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Subsidy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A64703" w:rsidRPr="005E15BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A39AFA" w14:textId="0341C7C9" w:rsidR="00DF7E97" w:rsidRPr="00D85E85" w:rsidRDefault="00DF7E97" w:rsidP="00DF7E97">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">PPP </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D90EC8">
+      </w:pPr>
+      <w:r w:rsidRPr="00BE007E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D90EC8" w:rsidRPr="001552FC">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>“PPP Program Partners”</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001552FC">
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the partners of the PPP Program as mentioned in the Grant Letter who have been given the opportunity by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001552FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001552FC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI, under which agreement </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LSH-TKI to award PPP Subsidy to projects within the context of the PPP Program. For clarity, in the Grant Letter the PPP Program Partners are referred to as ‘</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Stichting</w:t>
+      <w:r w:rsidRPr="00F80212">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Programmagroep</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI grants the PPP </w:t>
-[...74 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>’;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E310F2D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="092D6965" w14:textId="150E223D" w:rsidR="00163F9E" w:rsidRPr="00D85E85" w:rsidRDefault="00DF7E97" w:rsidP="00D85E85">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F80212">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PPP Program Lead Partner”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the main applicant and penman of the PPP Program as described in the Grant Letter; </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B1FEFC4" w14:textId="6F200A8A" w:rsidR="00163F9E" w:rsidRPr="007E0878" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="2E310F2D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Project Share</w:t>
-[...37 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Project Committee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>” has the meaning assigned to it in Section 6.1;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A646193" w14:textId="4E0EE584" w:rsidR="00163F9E" w:rsidRPr="00D44BB6" w:rsidRDefault="00163F9E" w:rsidP="00D44BB6">
+    <w:p w14:paraId="2B1FEFC4" w14:textId="6F200A8A" w:rsidR="00163F9E" w:rsidRPr="007E0878" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Project Share</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>” means the value of a Part</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE565C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>icipant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s total share in the Project, in cash and in kind, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>as identified in the Budget</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A646193" w14:textId="4E0EE584" w:rsidR="00163F9E" w:rsidRPr="00D44BB6" w:rsidRDefault="00163F9E" w:rsidP="00D44BB6">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="44" w:hanging="851"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002B06C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B06C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B06C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
@@ -4364,182 +4519,172 @@
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the relationship among the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidR="008267EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. This includes </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>. This includes in particular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> management of the Project,</w:t>
+      </w:r>
       <w:r w:rsidR="008267EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>in particular</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> management of the Project,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organisation of the work between the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as set out in the Project </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in accordance with the Budget, and</w:t>
       </w:r>
       <w:r w:rsidR="008267EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...61 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the rights and obligations of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants with respect to the Background and Foreground</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300AAD99" w14:textId="5D8C3589" w:rsidR="00163F9E" w:rsidRPr="00D44BB6" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="300AAD99" w14:textId="5A9B5AA9" w:rsidR="00163F9E" w:rsidRPr="00D44BB6" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -4570,149 +4715,139 @@
         </w:rPr>
         <w:t xml:space="preserve"> there is any conflict between the terms of this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Consortium </w:t>
       </w:r>
       <w:r w:rsidRPr="00B753FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Agreement and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the PPP </w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B753FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e terms of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B753FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will prevail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with regard to the PPP </w:t>
       </w:r>
       <w:r w:rsidR="00D90EC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Subsidy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Agreement, </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00D90EC8" w:rsidRPr="00B753FF">
+        <w:t>and the obligations of the Participants towards the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PPP Program, and by extension</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">and the obligations of the Participants towards the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> LSH-TKI. In any other event, the terms of the Consortium Agreement shall prevail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486B9177" w14:textId="77777777" w:rsidR="00D44BB6" w:rsidRPr="008267EC" w:rsidRDefault="00D44BB6" w:rsidP="00D44BB6">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44"/>
@@ -4729,55 +4864,54 @@
     <w:p w14:paraId="24B296D5" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Entry into force, duration and termination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72513175" w14:textId="6B3A53D8" w:rsidR="00163F9E" w:rsidRPr="006631B2" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="72513175" w14:textId="0356C2FA" w:rsidR="00163F9E" w:rsidRPr="006631B2" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Entry into force</w:t>
@@ -4828,172 +4962,156 @@
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and shall continue in full force and effect until all obligations undertaken by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> under the </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      <w:r w:rsidR="00D90EC8" w:rsidRPr="001552FC">
+      <w:r w:rsidR="00DF7E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and under this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consortium </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agreement are completed, unless </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006631B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>this Consortium Agreement or the participation of</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001552FC">
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="006631B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>this Consortium Agreement or the participation of</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">one or more </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006631B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
       <w:r w:rsidRPr="006631B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">one or more </w:t>
-[...7 lines deleted...]
-        <w:t>Participants</w:t>
+        <w:t xml:space="preserve"> terminated in accordance with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006631B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>the terms of this Consortium Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE34BAB" w14:textId="268C7ECE" w:rsidR="00163F9E" w:rsidRPr="00716BF4" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="2FE34BAB" w14:textId="354536C1" w:rsidR="00163F9E" w:rsidRPr="00716BF4" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>New Participant.</w:t>
@@ -5130,102 +5248,92 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidRPr="00716BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Coordinator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI</w:t>
+      <w:r w:rsidR="00DF7E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00716BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. Such accession shall have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00716BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>effect from the date identified in the accession document.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDAA3D5" w14:textId="76E97814" w:rsidR="00163F9E" w:rsidRPr="00F00020" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="3DDAA3D5" w14:textId="613DB1FC" w:rsidR="00163F9E" w:rsidRPr="00F00020" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination of the </w:t>
       </w:r>
@@ -5249,167 +5357,137 @@
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006631B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This Consortium Agreement </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">shall terminate automatically upon rejection of the Project Application by the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI. </w:t>
+      <w:r w:rsidR="00DF7E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006F77C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Furthermore, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Furthermore, in the event that </w:t>
+      </w:r>
+      <w:r w:rsidR="000564E8" w:rsidRPr="006F77C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="000564E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grant of PPP Subsidy is terminated under the terms of the Grant Letter</w:t>
+      </w:r>
       <w:r w:rsidRPr="006F77C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>in the event that</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">, the Consortium Agreement may be terminated by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
       <w:r w:rsidRPr="006F77C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the PPP </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> upon mutual written agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the prior written approval of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TK</w:t>
+      <w:r w:rsidR="000564E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
       </w:r>
       <w:r w:rsidR="00AF6448">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>I.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CBEB83" w14:textId="6F36EC75" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
@@ -5633,164 +5711,145 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">declared </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>insolvent</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or granted suspension of payments, or </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> or granted suspension of payments, or a</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> insolvency / winding-up petition</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">has been filed in respect of such Participant </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to that end or its business is liquidated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, dissolved</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or discontinued;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A4AF3A" w14:textId="75B08FE6" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="44A4AF3A" w14:textId="69AD3984" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="44" w:hanging="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Breach.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If a Participant is in substantial breach of any of its obligations under the Consortium Agreement or the PPP </w:t>
-[...26 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> If a Participant is in substantial breach of any of its obligations under the Consortium Agreement or the </w:t>
+      </w:r>
+      <w:r w:rsidR="000564E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, which is not caused by Force Majeure, and cannot be remedied or has not been remedied pursuant to Section 3.5;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="21D9844D" w14:textId="1D3CB535" w:rsidR="00163F9E" w:rsidRPr="00A1739D" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="44" w:hanging="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -5814,195 +5873,185 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00010F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">beyond the control of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants or </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00010F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>investigator</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">investigator make it unreasonable to require the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Project’</w:t>
+      </w:r>
       <w:r w:rsidRPr="00010F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> make it unreasonable to require the </w:t>
-[...7 lines deleted...]
-        <w:t>Project’</w:t>
+        <w:t>s continuation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00010F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>s continuation</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">or a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a situation of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orce </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ajeure which has continued for a period longer than ninety (90) </w:t>
+      </w:r>
+      <w:r w:rsidR="007342D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calendar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00010F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>as described in Article 5.</w:t>
       </w:r>
       <w:r w:rsidR="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B53678" w14:textId="118D557B" w:rsidR="00163F9E" w:rsidRPr="000E49BE" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="30B53678" w14:textId="4A151FDC" w:rsidR="00163F9E" w:rsidRPr="000E49BE" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Defaulting </w:t>
       </w:r>
@@ -6030,299 +6079,170 @@
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E49BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In the event that the Project Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E49BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">identifies a breach by a Participant of its obligations under this Consortium Agreement or the PPP </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00D90EC8" w:rsidRPr="000E49BE">
+        <w:t xml:space="preserve">identifies a breach by a Participant of its obligations under this Consortium Agreement or the </w:t>
+      </w:r>
+      <w:r w:rsidR="000564E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> improper implementation of the project), the Project Coordinator or, if the Project Coordinator is in breach of its obligations, the Participant appointed by the Project Committee, will give written notice to such Participant requiring that such breach will be remedied within 30 (thirty) calendar days from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the date of receipt of the written notice by the Participant. If such breach is substantial and is not remedied within that period or is not capable of remedy, the Project Committee may decide to declare the Participant to be a Defaulting Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>and may terminate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> its participation in accordance with Section 3.4.2, unless </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>such termination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not in reasonable proportion to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>consequences for</w:t>
+      </w:r>
+      <w:r w:rsidR="001E1133">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Project</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E49BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...205 lines deleted...]
-        <w:t>Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D4FDD7" w14:textId="4176117F" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Voluntary </w:t>
       </w:r>
       <w:r w:rsidR="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ermination by a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -6496,186 +6416,158 @@
       </w:r>
       <w:r w:rsidR="00E9163E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D03E96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> In the event that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the Project Committee</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D03E96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> terminates the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>’s participation to the Consortium Agreement</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D03E96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> in accordance with Section </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4.1. or Sections 3.4.3, the Participant(s) shall per the effective date of termination have no right to receive further payments (including the payment of PPP </w:t>
       </w:r>
       <w:r w:rsidR="00D90EC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) and shall repay any payments it has received for work not implemented. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4758B333" w14:textId="3752ED0F" w:rsidR="00163F9E" w:rsidRPr="00430FAF" w:rsidRDefault="00163F9E" w:rsidP="00430FAF">
+    <w:p w14:paraId="4758B333" w14:textId="37231466" w:rsidR="00163F9E" w:rsidRPr="00430FAF" w:rsidRDefault="00163F9E" w:rsidP="00430FAF">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:right="44" w:hanging="798"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Termination of a Participant’s participation pursuant to Section 3.4.2 or pursuant to Section 3.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D03E96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">In the event that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the Project Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="00D03E96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> terminates the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Participant</w:t>
       </w:r>
@@ -6770,373 +6662,369 @@
       </w:r>
       <w:r w:rsidR="00430FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">PPP </w:t>
       </w:r>
       <w:r w:rsidR="00D90EC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r w:rsidR="00430FAF" w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> accepted by the </w:t>
       </w:r>
+      <w:r w:rsidR="00DF1AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PPP </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00430FAF" w:rsidRPr="007E02CA">
-[...31 lines deleted...]
-        <w:t>Stichting</w:t>
+      <w:r w:rsidR="00DF1AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Progam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00430FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI in accordance with the PPP </w:t>
-[...7 lines deleted...]
-        <w:t>Subsidy</w:t>
+        <w:t xml:space="preserve"> which shall be repaid by the Participant or the Project Coordinator to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
       </w:r>
       <w:r w:rsidR="00430FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Agreement</w:t>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
       </w:r>
       <w:r w:rsidR="00430FAF" w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00430FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="30DF96D3" w14:textId="5CDF2404" w:rsidR="00163F9E" w:rsidRPr="007E02CA" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Furthermore</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Furthermore </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1918">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant</w:t>
+      </w:r>
       <w:r w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Participant</w:t>
+        <w:t xml:space="preserve"> shall, within the limits specified in Section 5.5 of this Consortium Agreement, bear any reasonable and justifiable additional costs occurring to the other Parti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>cipants</w:t>
       </w:r>
       <w:r w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall, within the limits specified in Section 5.5 of this Consortium Agreement, bear any reasonable and justifiable additional costs occurring to the other Parti</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> in order to perform its and their tasks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA9FAB1" w14:textId="00811FD1" w:rsidR="00163F9E" w:rsidRPr="003C095C" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="0CA9FAB1" w14:textId="27DEC390" w:rsidR="00163F9E" w:rsidRPr="003C095C" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Legal conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In the event that the (voluntary) termination of the participation of one or more Participants to the Consortium Agreement results in the Project no longer satisfying the conditions set in the PPP </w:t>
+        <w:t xml:space="preserve"> In the event that the (voluntary) termination of the participation of one or more Participants to the Consortium Agreement results in the Project no longer satisfying the conditions set in the </w:t>
+      </w:r>
+      <w:r w:rsidR="007F70AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the applicable law (including the PPP </w:t>
       </w:r>
       <w:r w:rsidR="00D90EC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Agreement or the applicable law (including the PPP </w:t>
+        <w:t xml:space="preserve"> Regulation) and the </w:t>
+      </w:r>
+      <w:r w:rsidR="007F70AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PPP Program or, by extension, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Stichting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LSH-TKI requires a repayment of all or part of the PPP </w:t>
       </w:r>
       <w:r w:rsidR="00D90EC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Regulation) and the </w:t>
+        <w:t xml:space="preserve">, the Participant(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="004F49EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>whose</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> termination has resulted herein, shall repay the PPP </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Subsidy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required by the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PPP Program and/or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI requires a repayment of all or part of the PPP </w:t>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> Agreement. This obligation shall be subject</w:t>
+        <w:t xml:space="preserve"> LSH-TKI under the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. This obligation shall be subject</w:t>
       </w:r>
       <w:r w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="007E02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the limits specified in Section 5.5 of this Consortium Agreement</w:t>
       </w:r>
@@ -7368,51 +7256,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsibilities of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B353A1A" w14:textId="5E4FFB40" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="2B353A1A" w14:textId="4CF416B2" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">General </w:t>
       </w:r>
@@ -7456,97 +7344,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> agrees to take part in the efficient implementation of the Project, in accordance with the Project </w:t>
       </w:r>
       <w:r w:rsidR="008267EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and to cooperate, perform and fulfil, promptly </w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> Agreement as may be reasonably required from it</w:t>
+        <w:t xml:space="preserve">, and to cooperate, perform and fulfil, promptly and on time, all of its obligations under this Consortium Agreement and the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Letter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>as may be reasonably required from it</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3402BC4E" w14:textId="29AD2F44" w:rsidR="00163F9E" w:rsidRPr="00BE0C5F" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
@@ -7595,71 +7451,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participants agree to act in accordance with the applicable laws and regulations, and </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> adhere to the terms and conditions of the PPP </w:t>
+        <w:t xml:space="preserve">Participants agree to act in accordance with the applicable laws and regulations, and in particular to adhere to the terms and conditions of the PPP </w:t>
       </w:r>
       <w:r w:rsidR="00D90EC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Regulation as applicable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FED367" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
@@ -7795,51 +7631,51 @@
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall take reasonable measures to ensure the accuracy of any information (including Background and Foreground) or material it supplies to the other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3600F2CE" w14:textId="316DDDD1" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00BD46A0" w:rsidP="00163F9E">
+    <w:p w14:paraId="3600F2CE" w14:textId="4B179B22" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00BD46A0" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal </w:t>
       </w:r>
       <w:r w:rsidR="007D4727">
@@ -8001,329 +7837,275 @@
         </w:rPr>
         <w:t xml:space="preserve"> its Affiliates or</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> third </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>parties</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the Project shall </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> in the Project shall at all times remain responsible for </w:t>
+      </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>implementation</w:t>
+      </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> remain responsible for </w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">the </w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> its </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t>implementation</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>allocated</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> of</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> part of the Project and for such </w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Affiliate or third party</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> its </w:t>
+        <w:t xml:space="preserve">’s compliance with the provisions of this Consortium Agreement. Such </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>allocated</w:t>
+        <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> part of the Project and for such </w:t>
+        <w:t xml:space="preserve"> shall ensure that the involvement of </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Affiliate or third party</w:t>
+        <w:t xml:space="preserve">Affiliates or </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s compliance with the provisions of this Consortium Agreement. Such </w:t>
+        <w:t xml:space="preserve">third </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Participant</w:t>
+        <w:t>parties</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall ensure that the involvement of </w:t>
+        <w:t xml:space="preserve"> does not affect the rights and obligations of the other </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Affiliates or </w:t>
+        <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">third </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> under this Consortium Agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Any reorganisation, legal merger, legal de-merger or other action resulting in the creation or disappearance of a Participant or its Affiliate(s) involved in the Project must promptly be notified by such Participant and/or its Affiliate(s) to the other Participant(s) (and to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI)</w:t>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D76BB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and any such action resulting in the creation of a Participant or its Affiliate(s) will require such party to complete the accession document attached as </w:t>
       </w:r>
       <w:r w:rsidR="00D76BB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Annex 3</w:t>
       </w:r>
       <w:r w:rsidR="00D76BB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to this Consortium Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6FA140" w14:textId="683CDF6E" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="5D6FA140" w14:textId="5381375B" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Reporting.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> In connection with the conditions and reporting requirements as set out in the </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> the Foreground as referred to in Section 8.3 below</w:t>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and with regard to the Foreground as referred to in Section 8.3 below</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall provide the </w:t>
       </w:r>
@@ -8654,50 +8436,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entirely and solely liable for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> its</w:t>
       </w:r>
       <w:r w:rsidRPr="0054389D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> use of the </w:t>
       </w:r>
       <w:r w:rsidRPr="0054389D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>information and materials, Background and Foreground provided by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or on behalf of</w:t>
       </w:r>
       <w:r w:rsidRPr="0054389D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> another </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
@@ -8752,74 +8535,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> of any part of its </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>part</w:t>
       </w:r>
       <w:r w:rsidRPr="0054389D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Project</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> as set out in the Project Application, including such part that may be implemented by its Affiliate or third party in accordance with Section 4.4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3D3835" w14:textId="02546AC9" w:rsidR="00163F9E" w:rsidRPr="00B40243" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="3D3D3835" w14:textId="7247777D" w:rsidR="00163F9E" w:rsidRPr="00B40243" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Liability to third parties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subject </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA2CED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to such ot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">her undertakings </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA2CED">
         <w:rPr>
@@ -8860,66 +8642,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>resulting from the performance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or non-performance)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the said</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Participant’s obligations by it or on its behalf under this Consortium Agreement, the PPP </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Agreement or from its use of the </w:t>
+        <w:t xml:space="preserve"> Participant’s obligations by it or on its behalf under this Consortium Agreement, the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or from its use of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B40243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Background and Foreground</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC7BF7A" w14:textId="4B33275C" w:rsidR="00A56030" w:rsidRPr="00A56030" w:rsidRDefault="00A56030" w:rsidP="00A56030">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
@@ -8944,67 +8725,51 @@
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Subject to the limitations set out in Section 5.5 and Section 5.6 below, each Participant shall only be liable towards each of the other Participants for damages resulting from or arising out of (</w:t>
-[...15 lines deleted...]
-        <w:t>) the gross negligence or wilful misconduct by the Participant (including its employees, agents or subcontractors); or (ii) the breach or default of the Participant (including its employees, agents or subcontractors) of its representations, warranties or other obligations under this Consortium Agreement, except to the extent that such damages arise as a result of the gross negligence or wilful misconduct of the Participant claiming such damages (including its employees, agents or subcontractors).</w:t>
+        <w:t>Subject to the limitations set out in Section 5.5 and Section 5.6 below, each Participant shall only be liable towards each of the other Participants for damages resulting from or arising out of (i) the gross negligence or wilful misconduct by the Participant (including its employees, agents or subcontractors); or (ii) the breach or default of the Participant (including its employees, agents or subcontractors) of its representations, warranties or other obligations under this Consortium Agreement, except to the extent that such damages arise as a result of the gross negligence or wilful misconduct of the Participant claiming such damages (including its employees, agents or subcontractors).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06096A1D" w14:textId="77777777" w:rsidR="00A56030" w:rsidRPr="000E2AB0" w:rsidRDefault="00A56030" w:rsidP="00A56030">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -9309,69 +9074,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> in breach of this Consortium Agreement if such breach is caused by </w:t>
+        <w:t xml:space="preserve"> shall be considered to be in breach of this Consortium Agreement if such breach is caused by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">orce </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
@@ -9742,51 +9489,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of this Consortium Agreement. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Coordinator shall </w:t>
+        <w:t xml:space="preserve">Coordinator </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>act as the Chairperson in</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> all meetings of the Project Committee, unless decided otherwise by the Project Committee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763249AF" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
@@ -9906,51 +9662,50 @@
     </w:p>
     <w:p w14:paraId="2EEA6DEC" w14:textId="2F743151" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Representation in meetings. </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Any Member shall use its best efforts to be present or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>represented at any meeting and may appoint a substitute or a proxy to attend and vote at any meeting</w:t>
@@ -10108,69 +9863,51 @@
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Agenda</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Any agenda item requiring a decision by the Members must be identified as such on the agenda. Any Member may add an item to the original agenda by written notification to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the other Members no later than 7</w:t>
+        <w:t>. Any agenda item requiring a decision by the Members must be identified as such on the agenda. Any Member may add an item to the original agenda by written notification to all of the other Members no later than 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (seven)</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> calendar days preceding the meeting. During a meeting of the Project Committee the Members can unanimously agree to add a new item to the original agenda, provided that all Members are present or represented.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B17396" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
@@ -10193,69 +9930,51 @@
         </w:rPr>
         <w:t>Decision outside the Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. Any decision may also be taken without a meeting if the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">hairperson circulates to all Members a written document which is then signed by the unanimity or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Members</w:t>
+        <w:t>hairperson circulates to all Members a written document which is then signed by the unanimity or the defined majority of Members</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAC19FC" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
@@ -10340,69 +10059,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Voting rules and quorum. </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Decisions shall be taken </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">by a majority of the votes validly cast at a meeting where at least three-quarters of the Members are present or represented, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> decisions on the entry of new Participants to the Consortium Agreement are to be taken </w:t>
+        <w:t xml:space="preserve">by a majority of the votes validly cast at a meeting where at least three-quarters of the Members are present or represented, provided that decisions on the entry of new Participants to the Consortium Agreement are to be taken </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>unanimously by the Members of the Project Committee in meetings where all Members a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re present or represented subject to Section 6.3.3. below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7795889C" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
@@ -10484,69 +10185,51 @@
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> may </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">not vote </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the decision </w:t>
+        <w:t xml:space="preserve">not vote with regard to the decision </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">relating to its identification to be in breach of its obligations nor to its identification as a Defaulting </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. A </w:t>
       </w:r>
@@ -10627,50 +10310,51 @@
     </w:p>
     <w:p w14:paraId="3F8D20A3" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Minutes of meetings. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The C</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">hairperson shall produce written minutes of each meeting which shall be the formal record of all decisions taken. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Chairperson</w:t>
@@ -10828,525 +10512,474 @@
     </w:p>
     <w:p w14:paraId="45F59BFE" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00081F45" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Decisions of the Project Committee.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Project Committee shall be free to act on its own initiative to formulate proposals and take decisions in accordance with the procedures set out herein. The following decisions shall be taken by the Project Committee:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6E3091" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">changes to the Project </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="704A2DF3" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">changes to the </w:t>
-[...8 lines deleted...]
-        <w:t>Budget</w:t>
+        <w:t>changes to the Budget</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="68D1A61B" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">withdrawals or adjustments to the Background set out in </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Annex </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4DDE4A20" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">determine whether certain Background or Foreground is Needed, as set out in Section </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>determine whether certain Background or Foreground is Needed, as set out in Section 9.3;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="63CE922D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">entry of a new </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Project and approval of the settlement on the conditions of the accession of such a new </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="06CABF6A" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">withdrawal of a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from the Project and the approval of the settlement on the conditions of the </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> from the Project and the approval of the settlement on the conditions of the withdrawal;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2B1DEAAD" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">declaration of a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be a Defaulting </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="35C0A5EC" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">remedies to be performed by a Defaulting </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3AAA159E" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">termination of a Defaulting </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s participation in the Project and measures relating </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>’s participation in the Project and measures relating thereto;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2A0C21CC" w14:textId="4FDA55E7" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -11354,472 +10987,430 @@
       </w:r>
       <w:r w:rsidR="00CD0DC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or replacement</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Coordinator;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2E7948F5" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">appoint or change the </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>appoint or change the Chairperson;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7DF09B2B" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">suspension of all or part of the </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>suspension of all or part of the Project;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="127DBB5B" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>termination of the Project and the Consortium Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8959E9" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1512"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C4B4744" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="009E6721" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="3C4B4744" w14:textId="3F92715D" w:rsidR="00163F9E" w:rsidRPr="009E6721" w:rsidRDefault="003D6DAA" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>PPP Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI and</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001552FC">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Project Committee.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001552FC">
+      <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="001552FC">
+      <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
-      <w:r w:rsidRPr="001552FC">
+      <w:r w:rsidR="00163F9E" w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Coordinator </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">shall inform </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="009E6721">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on any decisions by the Project Committee pursuant to Section 6.5 (a) to (b) and (e) to (g) and (i)(j), within 1 (one) week after such decisions have </w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E" w:rsidRPr="009E6721">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">become final following the procedure outlined in </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E6721">
+      <w:r w:rsidR="00163F9E" w:rsidRPr="009E6721">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6.4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF9CCDA" w14:textId="40857220" w:rsidR="00163F9E" w:rsidRPr="00A956B5" w:rsidRDefault="00EE565C" w:rsidP="213CA174">
+    <w:p w14:paraId="6D12087F" w14:textId="7013C96F" w:rsidR="00825B4F" w:rsidRPr="00825B4F" w:rsidRDefault="00EE565C" w:rsidP="00825B4F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Coordinator.</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Project Coordinator </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">coordinates and manages the Project and represents the Participants before </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participants appoint </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7357" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Consortium Partner X</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0257" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7357" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00891717" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0257" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>rganization</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7357" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>] as Project C</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participants appoint </w:t>
+        <w:t xml:space="preserve">oordinator and authorize </w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Consortium Partner X</w:t>
-[...33 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Mr/Mrs ………..</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>] as Project C</w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> to carry out the tasks set forth under this Section 6.7 and Section 6.8.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="74AF0B0C" w14:textId="77777777" w:rsidR="00825B4F" w:rsidRPr="00825B4F" w:rsidRDefault="00825B4F" w:rsidP="00825B4F">
+      <w:pPr>
+        <w:pStyle w:val="Lijstalinea"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="792" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4034962C" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In particular, the</w:t>
@@ -11875,305 +11466,244 @@
         </w:rPr>
         <w:t xml:space="preserve">he agenda of Project Committee </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ch</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">airing the meetings, preparing </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the minutes of the meetings and monitoring the implementation of decisions taken at </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the minutes of the meetings and monitoring the implementation of decisions taken at meetings;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="76DFA7CB" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">monitoring compliance by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with their </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> with their obligations;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7D34FB5F" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">keeping the address list of Members and other contact persons updated and </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>keeping the address list of Members and other contact persons updated and available;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="749C699D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="749C699D" w14:textId="4223A08F" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>collecting and reviewing information on the progress of the Project and submitting outline scientific reports and other deliverables (including financial statements and related certific</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ation), if required, to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI</w:t>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2F8CA0DA" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">transmitting promptly documents and information connected with the </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>transmitting promptly documents and information connected with the Project;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="41038591" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">administration of the Budget and fulfilling the financial tasks, all as described in Article </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>administration of the Budget and fulfilling the financial tasks, all as described in Article 7;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3F27D242" w14:textId="13724A0D" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -12292,75 +11822,74 @@
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Coordinator shall not be entitled to act or to make legally binding declarations on behalf of any other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49735311" w14:textId="2A4F6B54" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="49735311" w14:textId="6BD363BD" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Replacement of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Coordinator.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
@@ -12409,67 +11938,65 @@
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Coordinator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with Section 6.5</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, the Project Committee shall inform </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI promptly in writing</w:t>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> promptly in writing</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the change </w:t>
       </w:r>
       <w:r w:rsidR="000F1CCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or replacement </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
@@ -12593,51 +12120,51 @@
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. The Budget shall be valued in accordance with the usual accounting and management principles and practices of the respective </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66997446" w14:textId="143A069E" w:rsidR="00163F9E" w:rsidRPr="00CF0FC8" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="66997446" w14:textId="0F15ED6C" w:rsidR="00163F9E" w:rsidRPr="00CF0FC8" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Obligations</w:t>
       </w:r>
@@ -12695,296 +12222,290 @@
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledge that any PPP </w:t>
       </w:r>
       <w:r w:rsidR="00A10341">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
+      </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> will be allocated to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Project</w:t>
+      </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI will be allocated to the</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Project</w:t>
+        <w:t xml:space="preserve"> Coordinator and the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Coordinator and the </w:t>
+        <w:t xml:space="preserve">Coordinator shall distribute the PPP </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10341">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Subsidy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006447B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006447B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, if applicable, as set out in the Budg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052742D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00020">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052742D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006447B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Coordinator shall distribute the PPP </w:t>
+        <w:t xml:space="preserve">Coordinator shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006447B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">undertake to keep the PPP </w:t>
       </w:r>
       <w:r w:rsidR="00A10341">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:t>Participants</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Project separated from its normal business accounts, its own assets and property. </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, if applicable, as set out in the Budg</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> The</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">Coordinator shall perform diligently its tasks in the proper administration and distribution of the Project Budget and in maintaining financial accounts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The Project Coordinator shall</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, upon request by </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0055014A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00743FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The Project Coordinator shall</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00743FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">provide </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI with an overview of the actual payments made under this Agreement, including a copy of the relevant bank account transaction or an audit certificate prepared and certified by an independent auditor.</w:t>
+        <w:t xml:space="preserve"> with an overview of the actual payments made under this Agreement, including a copy of the relevant bank account transaction or an audit certificate prepared and certified by an independent auditor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="280E81A4" w14:textId="3968DF68" w:rsidR="00163F9E" w:rsidRPr="00D8090A" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="280E81A4" w14:textId="2C64C6A9" w:rsidR="00163F9E" w:rsidRPr="00D8090A" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Rights of the Project Coordinator.</w:t>
       </w:r>
       <w:r>
@@ -13069,66 +12590,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> substantial </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>breach of its obligations under this Consortium Agreement or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the PPP </w:t>
-[...7 lines deleted...]
-        <w:t>Subsidy</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Agreement.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Project Coordinator is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">further </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13140,195 +12660,162 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">paid to a Defaulting </w:t>
       </w:r>
       <w:r w:rsidR="00C94A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. The </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>. The Coordinator is equally entitled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF0FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Coordinator</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">to withhold </w:t>
       </w:r>
       <w:r w:rsidRPr="00D8090A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">payments to a </w:t>
       </w:r>
       <w:r w:rsidR="00C94A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8090A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> when this is suggested by or agreed with the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D6DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D8090A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F902CBF" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="007E0878" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E0878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Share Budget. </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A Participant that spends less than its allocated share of the Budget will receive any payment only in accordance</w:t>
       </w:r>
       <w:r w:rsidRPr="007E0878">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">with its actual duly justified eligible costs only. In any case of a Participant having received excess payments, the Participant </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> return the relevant amount to the Project Coordinator without undue delay.</w:t>
+        <w:t>with its actual duly justified eligible costs only. In any case of a Participant having received excess payments, the Participant has to return the relevant amount to the Project Coordinator without undue delay.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69116FC1" w14:textId="265D8BFE" w:rsidR="00163F9E" w:rsidRPr="000D47F5" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E0878">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A Participant that spends more than its allocated share of the Budget shall be responsible for the additional cost and will not receive additional payments, unless expressly agreed otherwise between the P</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8090A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>articipants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF92D2E" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
@@ -13343,69 +12830,51 @@
         </w:rPr>
         <w:t>Accounting.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Each </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is solely responsible for the administration and accounting of the cost incurred with respect to the Project. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> an audit certificate is required, such certificate by an independent auditor shall be provided at the </w:t>
+        <w:t xml:space="preserve"> is solely responsible for the administration and accounting of the cost incurred with respect to the Project. In the event that an audit certificate is required, such certificate by an independent auditor shall be provided at the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s own cost. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E473765" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
@@ -13469,59 +12938,51 @@
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclosing Foreground and Securing Ownership.</w:t>
       </w:r>
       <w:r w:rsidRPr="20CF428B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Each Participant shall promptly disclose in confidence to the Project Coordinator all Foreground generated by it during the term of this Consortium Agreement. The Project Coordinator shall further disclose such Foreground in confidence to the other Participants by providing a [</w:t>
       </w:r>
       <w:r w:rsidRPr="20CF428B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>monthly</w:t>
       </w:r>
       <w:r w:rsidRPr="20CF428B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">] report on generated Foreground.  </w:t>
-[...7 lines deleted...]
-        <w:t>Each</w:t>
+        <w:t>] report on generated Foreground.  Each</w:t>
       </w:r>
       <w:r w:rsidRPr="20CF428B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Participant shall be responsible </w:t>
       </w:r>
       <w:r w:rsidRPr="20CF428B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for securing ownership of Foreground from its employees, students and other agents</w:t>
       </w:r>
       <w:r w:rsidR="00163F9E" w:rsidRPr="20CF428B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DFF9453" w14:textId="4559CB47" w:rsidR="005B356B" w:rsidRPr="00B67C7F" w:rsidRDefault="00A24FAB" w:rsidP="0076456C">
@@ -13585,70 +13046,60 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3505765E" w14:textId="038FF37A" w:rsidR="005B356B" w:rsidRPr="00B67C7F" w:rsidRDefault="00A24FAB" w:rsidP="005B356B">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">such Foreground is generated by the Research Organisation(s) </w:t>
-[...8 lines deleted...]
-        <w:t>and</w:t>
+        <w:t>such Foreground is generated by the Research Organisation(s) and</w:t>
       </w:r>
       <w:r w:rsidR="005B356B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="208C3994" w14:textId="4F45D07B" w:rsidR="00023C4F" w:rsidRPr="00B67C7F" w:rsidRDefault="00023C4F" w:rsidP="005B356B">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>such Foreground is not allocated among the Industrial Partner(s) further to the terms of Section</w:t>
@@ -13765,60 +13216,58 @@
       </w:r>
       <w:r w:rsidR="00C678E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8.4</w:t>
       </w:r>
       <w:r w:rsidR="00C678E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E87237">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5BD391E8" w14:textId="0642699F" w:rsidR="00441C23" w:rsidRPr="00B67C7F" w:rsidRDefault="00A24FAB" w:rsidP="00023C4F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the Research Organisation(s) </w:t>
@@ -14021,60 +13470,52 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>such Foreground is generated solely by the Industrial Partner(s); or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F230863" w14:textId="77777777" w:rsidR="0076456C" w:rsidRPr="00FC1AD9" w:rsidRDefault="0076456C" w:rsidP="213CA174">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>such Foreground is generated by the Research Organisation(s) and the corresponding costs are borne in full by the Industrial Partner(s</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>such Foreground is generated by the Research Organisation(s) and the corresponding costs are borne in full by the Industrial Partner(s);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6E058ECF" w14:textId="48CCE7DB" w:rsidR="0076456C" w:rsidRPr="0076456C" w:rsidRDefault="0076456C" w:rsidP="0076456C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Ref188861222"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -14273,117 +13714,97 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BE4A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Parties confirm that the allocation of the Foreground to the Industrial Partner(s) represents an equitable and adequate recognition of </w:t>
       </w:r>
       <w:r w:rsidR="00615BE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>its/</w:t>
       </w:r>
       <w:r w:rsidR="00BE4A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">their respective contributions to the Project. Such contributions are determined </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the Industrial Partners’:</w:t>
+        <w:t>their respective contributions to the Project. Such contributions are determined on the basis of the Industrial Partners’:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00BE4A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15180676" w14:textId="67A3FAEE" w:rsidR="00AD3A52" w:rsidRPr="00B67C7F" w:rsidRDefault="00BE4A33" w:rsidP="213CA174">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>summary of specific roles, activities, and resources provided, thereby demonstrating that allocation of the Foreground to the Industrial Partner(s) is proportionally reflected</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="213CA174">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>];</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3A94EA1D" w14:textId="3A673F4B" w:rsidR="00BE4A33" w:rsidRDefault="00BE4A33" w:rsidP="00BE4A33">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3C432E" w14:textId="3F014EE9" w:rsidR="00BE4A33" w:rsidRPr="00B67C7F" w:rsidRDefault="00DC639D" w:rsidP="00B67C7F">
       <w:pPr>
@@ -14539,50 +13960,51 @@
     </w:p>
     <w:p w14:paraId="1D554E69" w14:textId="28F333D4" w:rsidR="0083302E" w:rsidRPr="00C72C12" w:rsidRDefault="0083302E" w:rsidP="0083302E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44" w:hanging="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Joint Ownership of Foreground.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Any Foreground generated by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or on behalf of</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
@@ -14902,51 +14324,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2656639A" w14:textId="77777777" w:rsidR="0083302E" w:rsidRPr="000701F3" w:rsidRDefault="0083302E" w:rsidP="0083302E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="44" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Industrial Partner(s) shall obtain ownership of the Foreground (or any portion thereof) as held by the Research Organisation(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9F0C58" w14:textId="1C126438" w:rsidR="0083302E" w:rsidRPr="0083302E" w:rsidRDefault="0083302E" w:rsidP="0083302E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(in either event referred to as the “</w:t>
       </w:r>
       <w:r>
@@ -14977,69 +14398,51 @@
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Ref184104992"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Exercise of the Option Right</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. The Option Right is granted to any Industrial Partner for exercise, by written notice to the Research Organisation(s) </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the Project and until six months after lapse of the Project (collectively, the “</w:t>
+        <w:t>. The Option Right is granted to any Industrial Partner for exercise, by written notice to the Research Organisation(s) during the course of the Project and until six months after lapse of the Project (collectively, the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Option Term</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="726760AD" w14:textId="2586E425" w:rsidR="0083302E" w:rsidRDefault="0083302E" w:rsidP="0083302E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
@@ -15854,51 +15257,60 @@
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="00164E49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> granted under this Consortium</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with respect to the Foreground pursuant to Section</w:t>
+        <w:t xml:space="preserve"> with respect to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Foreground pursuant to Section</w:t>
       </w:r>
       <w:r w:rsidR="0006404A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0006404A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0006404A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref188863529 \r \h </w:instrText>
       </w:r>
@@ -16071,69 +15483,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D65E2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8.8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> item (</w:t>
-[...17 lines deleted...]
-        <w:t>) is deemed to be equal to a ‘</w:t>
+        <w:t xml:space="preserve"> item (i) is deemed to be equal to a ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="0030538C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>fair and reasonable market price</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’ if:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="01C37D3C" w14:textId="222E2DC6" w:rsidR="002B393D" w:rsidRPr="002B393D" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
@@ -16160,69 +15554,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="24038F61" w14:textId="378DB76D" w:rsidR="00163F9E" w:rsidRPr="002B393D" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Research Organisation(s) can demonstrate that it negotiated the compensation at arm’s length conditions so to enable the Research Organisation(s) to obtain the maximum economic benefit </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the contract is concluded.</w:t>
+        <w:t>The Research Organisation(s) can demonstrate that it negotiated the compensation at arm’s length conditions so to enable the Research Organisation(s) to obtain the maximum economic benefit at the moment the contract is concluded.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796BA5CC" w14:textId="274562DC" w:rsidR="002B393D" w:rsidRPr="00F23D0D" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Ref184107782"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
@@ -16628,60 +16004,51 @@
         </w:rPr>
         <w:t>Option Right</w:t>
       </w:r>
       <w:r w:rsidR="00D35DFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’)</w:t>
       </w:r>
       <w:r w:rsidR="00DC639D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by submitting a research </w:t>
-[...8 lines deleted...]
-        <w:t>agreement, or any materially similar instrument (in either event, referred to as the “</w:t>
+        <w:t xml:space="preserve"> by submitting a research agreement, or any materially similar instrument (in either event, referred to as the “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Parallel Research Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”), to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
@@ -17252,69 +16619,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5A75AB3D" w14:textId="04B19696" w:rsidR="002B393D" w:rsidRPr="00A47BFB" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">All terms of the Parallel Research Agreement conform to the provisions of this Consortium Agreement </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the provisions of </w:t>
+        <w:t xml:space="preserve">All terms of the Parallel Research Agreement conform to the provisions of this Consortium Agreement and in particular, to the provisions of </w:t>
       </w:r>
       <w:r w:rsidR="00D65E2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Sections </w:t>
       </w:r>
       <w:r w:rsidR="00D65E2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00D65E2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184032671 \r \h </w:instrText>
       </w:r>
@@ -17414,62 +16763,52 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6F373726" w14:textId="77777777" w:rsidR="002B393D" w:rsidRPr="00E71F14" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Parallel Research Agreement includes the Essential </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The Parallel Research Agreement includes the Essential Terms;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="344B8D8A" w14:textId="5FB1699E" w:rsidR="002B393D" w:rsidRPr="000658C3" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A comprehensive description of the intended allocation among the Parties of the Foreground that is anticipated to be generated throughout the course of the Project, all in conformity with the provisions of Sections </w:t>
@@ -17612,62 +16951,52 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Any amendment of the Parallel Research Agreement, as the case may be, must not derogate from the Essential Terms and any such amendment shall promptly be submitted to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Stichting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI supplemented by a written confirmation from all Parties that all amended terms conform to the provisions of this Consortium </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> LSH-TKI supplemented by a written confirmation from all Parties that all amended terms conform to the provisions of this Consortium Agreement;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5FFC9EF9" w14:textId="42515DD2" w:rsidR="002B393D" w:rsidRPr="002B393D" w:rsidRDefault="002B393D" w:rsidP="002B393D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Parallel Research Agreement includes a clause which unconditionally incorporates that in the event of any conflict between the terms of the Parallel Research Agreement and of this Consortium Agreement, the latter will prevail.</w:t>
@@ -17849,50 +17178,51 @@
     </w:p>
     <w:p w14:paraId="2F8DCCB6" w14:textId="70D898AF" w:rsidR="00163F9E" w:rsidRPr="00871A2A" w:rsidRDefault="00871A2A" w:rsidP="00871A2A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Patent Applications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ea</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ch </w:t>
       </w:r>
@@ -17971,132 +17301,132 @@
         </w:rPr>
         <w:t xml:space="preserve">Joint owners of Foreground shall agree between them on who shall be responsible for the timely prosecution and maintenance of all such Foreground and the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> that is nominated to be so responsible shall be entitled to charge the other joint owners with a percentage of the costs of so doing as agreed between the joint owners. In the absence of any agreement to the contrary between joint owners such costs shall be equally shared</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5086A035" w14:textId="77777777" w:rsidR="00AC286C" w:rsidRPr="00466A99" w:rsidRDefault="00AC286C" w:rsidP="00AC286C">
+    <w:p w14:paraId="5086A035" w14:textId="4291B4FA" w:rsidR="00AC286C" w:rsidRPr="00466A99" w:rsidRDefault="00AC286C" w:rsidP="00AC286C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Ref184108575"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Publication.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Further</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to the publication obligations set out in Section 5.1</w:t>
-[...7 lines deleted...]
-        <w:t>1</w:t>
+        <w:t xml:space="preserve"> to the publication obligations set out in Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Agreement, the </w:t>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> must ensure open access (free of charge, online access for any user) to all scientific publications relating to its Foreground under the Project subject to the conditions hereunder. In particular, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
@@ -18169,51 +17499,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="05576C1C" w14:textId="77777777" w:rsidR="00AC286C" w:rsidRPr="001552FC" w:rsidRDefault="00AC286C" w:rsidP="00AC286C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ithin six months of publication in any other case. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05DB2B04" w14:textId="77777777" w:rsidR="00AC286C" w:rsidRPr="001552FC" w:rsidRDefault="00AC286C" w:rsidP="00AC286C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
@@ -18661,108 +17990,83 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">he objecting </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s legitimate academic or commercial interests are harmed by the </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>’s legitimate academic or commercial interests are harmed by the publication;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="13E4D3B4" w14:textId="463048C2" w:rsidR="00AC286C" w:rsidRPr="00B67EA2" w:rsidRDefault="00AC286C" w:rsidP="00AC286C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">he proposed publication includes patentable </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and the objecting </w:t>
+        <w:t xml:space="preserve">he proposed publication includes patentable Foreground and the objecting </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> anticipates </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19176,50 +18480,51 @@
     </w:p>
     <w:p w14:paraId="33040FB7" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Background identification.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Each </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> has identified in </w:t>
@@ -19371,103 +18676,67 @@
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Annex </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by written notice to the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, who will be responsible to inform the other </w:t>
+        <w:t xml:space="preserve"> by written notice to the Coordinator, who will be responsible to inform the other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of such addition. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> of such addition. In the event that a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> desires to withdraw or modify any Background or restrict the Access Rights provided under this Agreement, such </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
@@ -19641,51 +18910,50 @@
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> are Needed.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00020">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) receiving such request may decide to add such Background in its sole discretion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3152F11C" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00CB2740" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
@@ -19763,72 +19031,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> Access Rights</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> if Needed for the implementation of the Project and for this purpose only, for the term of this Consortium Agreement and subject to the restrictions set out in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Annex 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB3F21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>wit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>h regard to</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the Access Rights to a Participant’s Background. </w:t>
+        <w:t xml:space="preserve">h regard to the Access Rights to a Participant’s Background. </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Any Access Rights granted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> under this Section 9.3</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall exclude any obligation to pay royalties and/or the right to sublicense</w:t>
       </w:r>
@@ -19889,178 +19148,135 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00520BD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>costs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A585930" w14:textId="62D8536A" w:rsidR="00163F9E" w:rsidRPr="00CB2740" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Participants disagree on whether the requested Background and/or Foreground is Needed in accordance with this Section 9.3, each of the Participants may request the Project Committee to decide the matter in accordance with Article 6.5 (d).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>In the event that Participants disagree on whether the requested Background and/or Foreground is Needed in accordance with this Section 9.3, each of the Participants may request the Project Committee to decide the matter in accordance with Article 6.5 (d).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6263CC" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="007630FD" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Access Rights for use or exploitation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Each Participant shall have the right to request Access Rights to a Participant’s Background and/or Foreground in addition to the Access Rights granted under Section 9.3, from another Participant for (</w:t>
-[...15 lines deleted...]
-        <w:t>) internal research purposes, or (ii) if such Access Rights are Needed or (iii) for the commercial exploitation of a Participant’s (or that other Participant’s) own or jointly owned Foreground.</w:t>
+        <w:t xml:space="preserve"> Each Participant shall have the right to request Access Rights to a Participant’s Background and/or Foreground in addition to the Access Rights granted under Section 9.3, from another Participant for (i) internal research purposes, or (ii) if such Access Rights are Needed or (iii) for the commercial exploitation of a Participant’s (or that other Participant’s) own or jointly owned Foreground.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9B6F63" w14:textId="65C0969C" w:rsidR="00163F9E" w:rsidRPr="00520BD7" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007630FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A request for Access Rights shall be made in writing ultimately within six (6) months after expiration or termination of this Consortium Agreement. The granting of Access Rights will be at a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="007630FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s own discretion and may be made conditional on the acceptance of specific conditions aiming at ensuring that these rights will be used only for the intended purpose and that appropriate confidentiality obligations are in place. Any Access </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Rights under this Section 9.4 under (</w:t>
-[...17 lines deleted...]
-        <w:t>) shall be granted</w:t>
+        <w:t>Rights under this Section 9.4 under (i) shall be granted</w:t>
       </w:r>
       <w:r w:rsidRPr="00520BD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on a royalty-free</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> basis and under (ii) and (iii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00520BD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be granted on</w:t>
       </w:r>
@@ -20076,50 +19292,51 @@
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="750D007A" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00520BD7" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Use of Access Rights.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00520BD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Background </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and Foreground </w:t>
       </w:r>
       <w:r w:rsidRPr="00520BD7">
         <w:rPr>
@@ -20212,69 +19429,51 @@
         <w:t xml:space="preserve"> shall considered to be Background</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> listed in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Annex 1</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> said new </w:t>
+        <w:t xml:space="preserve"> with regard to said new </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B490415" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00301285" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
@@ -20436,59 +19635,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A Defaulting Part</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">icipant or a Participant voluntarily leaving </w:t>
       </w:r>
       <w:r w:rsidRPr="00301285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall continue to grant Access Rights pursuant to this Consortium Agreement in respect of its Background; and Foreground existing at </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">the time of such termination as prescribed in this Consortium Agreement, for the term of this Consortium Agreement. </w:t>
+        <w:t xml:space="preserve">shall continue to grant Access Rights pursuant to this Consortium Agreement in respect of its Background; and Foreground existing at the time of such termination as prescribed in this Consortium Agreement, for the term of this Consortium Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA0D055" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D650BD2" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="44" w:hanging="993"/>
@@ -20634,78 +19825,67 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to have been publicly known prior to disclosure of such information by the Disclosing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Receiving </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EEED73" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
@@ -20726,70 +19906,68 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, subsequent to disclosure of such information by the Disclosing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Receiving </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7E1819EF" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -20807,63 +19985,52 @@
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time from a source, other than the Disclosing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, rightfully having possession of and the right to disclose such </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>, rightfully having possession of and the right to disclose such information;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7DA7D8C3" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -21143,146 +20310,135 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="76BB717F" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">not to use the Confidential Information for any other purpose for which it was </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>not to use the Confidential Information for any other purpose for which it was disclosed;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0FFE0D8D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">not to disclose Confidential Information to any third </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>party</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the prior written consent by the Disclosing </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="205A89CE" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">to ensure that internal distribution of Confidential Information by a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Receiving Participan</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t shall take place on a strict need-to-know basis; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C65646C" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
@@ -21335,69 +20491,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Each Rec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>eiving Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall apply the same degree of care </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the Confidential Information disclosed </w:t>
+        <w:t xml:space="preserve"> shall apply the same degree of care with regard to the Confidential Information disclosed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>under this Consortium Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> as with its own confidential and/or proprietary information, but in no case less than reasonable care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39AE8D8E" w14:textId="7982EE12" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
@@ -21458,94 +20596,67 @@
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is required to disclose Confidential Information in order to comply with applicable laws or regulations or with a court or administrative order, nothing herein shall restrict the Rec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>eiving Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from disclosing Confidential Information, but only to the extent of such order, law or regulation and it shall, to the extent it is lawfully able to do so, prior to any such disclosure (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">) promptly notify the Disclosing </w:t>
+        <w:t xml:space="preserve"> from disclosing Confidential Information, but only to the extent of such order, law or regulation and it shall, to the extent it is lawfully able to do so, prior to any such disclosure (i) promptly notify the Disclosing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and (ii) comply with the </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Disclosing </w:t>
+        <w:t xml:space="preserve">, and (ii) comply with the Disclosing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’s reasonable instructions to maximally protect the confidentiality of the information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787943A5" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
@@ -21600,69 +20711,51 @@
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to any of its Affiliates, provided that prior consent of the Disclosing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and such Affiliates are bound by confidentiality obligations not less stringent than the ones of the Consortium Agreement. Each Re</w:t>
+        <w:t xml:space="preserve"> is obtained and such Affiliates are bound by confidentiality obligations not less stringent than the ones of the Consortium Agreement. Each Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ceiving Participant </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>shall further be responsible for the fulfilment of the above obligations on the part of its employees and its Affiliate employees and shall ensure that its employees remain so obliged, as far as legally possible, during and after the end of the Project and/or after the termination of employment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F250095" w14:textId="664D840B" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
@@ -21983,223 +21076,195 @@
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’ prior formal approval. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4463ECAC" w14:textId="7386DCFD" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="4463ECAC" w14:textId="760EB07D" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="44" w:hanging="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Amendment.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pursuant to the </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Agreement, any amendments or modifications of the text of this Consortium Agreement approved by all </w:t>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, any amendments or modifications of the text of this Consortium Agreement approved by all </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> require the prior written approval of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Agreement is still in effect. </w:t>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if, and to the extent that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is still in effect. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For the avoidance of doubt, any amendment of the Agreement without the prior written consent of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI is null and void, if </w:t>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the PPP Program Partners</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is null and void, if </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and to the extent that the </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Agreement is still in effect</w:t>
+      <w:r w:rsidR="00AB04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Grant Letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001552FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is still in effect</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="487B6889" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="792" w:right="44"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="416638BF" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
@@ -22257,69 +21322,51 @@
       </w:r>
       <w:r w:rsidR="00A56030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>aw.</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This Agreement is governed </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> is to be construed</w:t>
+        <w:t xml:space="preserve"> This Agreement is governed by, and is to be construed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> exclusively</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the laws of the Netherlands</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -22589,70 +21636,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> behalf of </w:t>
+        <w:t xml:space="preserve">On behalf of </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42872DBF" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Place</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
@@ -23178,70 +22206,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> behalf of </w:t>
+        <w:t xml:space="preserve">On behalf of </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>company</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E5A4C5" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
@@ -23865,62 +22874,51 @@
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>as not applicable</w:t>
       </w:r>
       <w:r w:rsidR="00BB731E" w:rsidRPr="00DE695D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>; Please note:</w:t>
       </w:r>
       <w:r w:rsidR="00DE695D" w:rsidRPr="00795856">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        <w:t>Any restrictions or limitations related to the Background identified herein shall not conflict with the provisions of this Consortium Agreement.</w:t>
+        <w:t xml:space="preserve"> Any restrictions or limitations related to the Background identified herein shall not conflict with the provisions of this Consortium Agreement.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE695D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F06161" w14:textId="77777777" w:rsidR="007F1062" w:rsidRPr="00EE565C" w:rsidRDefault="007F1062" w:rsidP="00691B12">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -23982,119 +22980,117 @@
       <w:r w:rsidR="00CF5F32" w:rsidRPr="00EE565C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00CF5F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Budget</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A23ACED" w14:textId="70C0718A" w:rsidR="009F1043" w:rsidRPr="009F1043" w:rsidRDefault="009F1043" w:rsidP="009F1043">
+    <w:p w14:paraId="6A23ACED" w14:textId="0230B6E1" w:rsidR="009F1043" w:rsidRPr="009F1043" w:rsidRDefault="009F1043" w:rsidP="009F1043">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A842EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;insert </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the Budget </w:t>
       </w:r>
       <w:r w:rsidRPr="009F1043">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">submitted to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F1043">
+      <w:r w:rsidR="00AB04A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>the PPP Program</w:t>
+      </w:r>
       <w:r w:rsidRPr="009F1043">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI in the TKI-LSH Budget Form</w:t>
+        <w:t xml:space="preserve"> in the TKI-LSH Budget Form</w:t>
       </w:r>
       <w:r w:rsidRPr="00A842EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE59013" w14:textId="5DEA4415" w:rsidR="00CF5F32" w:rsidRPr="009F1043" w:rsidRDefault="00CF5F32">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -24143,51 +23139,51 @@
       <w:r w:rsidR="00CF5F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE565C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Accession document</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A00EC5" w14:textId="599B588F" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="39A00EC5" w14:textId="27977617" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D75A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ACCESSION</w:t>
@@ -24257,132 +23253,88 @@
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="000D47F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>name of the Project</w:t>
       </w:r>
       <w:r w:rsidRPr="008D75A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>] Consortium Agreement</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">] Consortium Agreement </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>as signed on [</w:t>
       </w:r>
       <w:r w:rsidRPr="000D47F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>date]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C636C6A" w14:textId="37A1391F" w:rsidR="00163F9E" w:rsidRPr="008D75A0" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="4C636C6A" w14:textId="50E7F2E4" w:rsidR="00163F9E" w:rsidRPr="008D75A0" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C8016E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
@@ -24430,132 +23382,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Consortium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D75A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Agreement</w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> identified above and accepts all the rights and</w:t>
+        <w:t>Agreement identified above and accepts all the rights and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D75A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">obligations of a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -24756,204 +23627,179 @@
       </w:r>
       <w:r w:rsidRPr="00C8016E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
       <w:r w:rsidRPr="008D75A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2FE0A7" w14:textId="3F192591" w:rsidR="00163F9E" w:rsidRPr="008D75A0" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="2D2FE0A7" w14:textId="778A8B67" w:rsidR="00163F9E" w:rsidRPr="008D75A0" w:rsidRDefault="00AB04A1" w:rsidP="00163F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...57 lines deleted...]
-      <w:r w:rsidRPr="00C8016E">
+        <w:t xml:space="preserve">The PPP Program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A646E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>[name program]</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hereby consents to [new Participant] becoming a Participant to the Consortium Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E" w:rsidRPr="008D75A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>starting [</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E" w:rsidRPr="00C8016E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D75A0">
+      <w:r w:rsidR="00163F9E" w:rsidRPr="008D75A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> The consent of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Stichting</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>the PPP Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LSH-TKI to the accession of the [new Participant] shall be subject to the prior approval of the modified Budget</w:t>
+        <w:t xml:space="preserve"> to the accession of the [new Participant] shall be subject to the prior approval of the modified Budget</w:t>
       </w:r>
       <w:r w:rsidR="00C24EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Application Form of the Project</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00163F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CA2E4D" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="008D75A0" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
@@ -25010,51 +23856,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>duly signed by the undersigned authorised representatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="075F0C54" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6468A983" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="00C8016E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
+    <w:p w14:paraId="6468A983" w14:textId="1912F1B2" w:rsidR="00163F9E" w:rsidRPr="00C8016E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IN WITNESS WHEREOF</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
@@ -25090,69 +23936,67 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, [</w:t>
       </w:r>
       <w:r w:rsidRPr="00C8016E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the Project Coordinator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">] and the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> LSH-TKI </w:t>
+      <w:r w:rsidR="003716EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>PPP Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>by their authorized representatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3BECDF" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BFAD829" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
@@ -25207,70 +24051,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> behalf of </w:t>
+        <w:t xml:space="preserve">On behalf of </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6143A317" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Place</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
@@ -25747,70 +24572,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> behalf of </w:t>
+        <w:t xml:space="preserve">On behalf of </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F5C6BE8" w14:textId="77777777" w:rsidR="00163F9E" w:rsidRPr="001552FC" w:rsidRDefault="00163F9E" w:rsidP="00163F9E">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Place</w:t>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
@@ -26184,53 +24990,53 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001552FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Position</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="000C4BBE" w:rsidRPr="00691B12" w:rsidSect="00286741">
-      <w:headerReference w:type="default" r:id="rId15"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1695" w:right="1418" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="1" w:author="Lisa Büller" w:date="2020-11-20T10:42:00Z" w:initials="LB">
     <w:p w14:paraId="7EE6B529" w14:textId="0C4638B4" w:rsidR="007F144B" w:rsidRPr="001A6385" w:rsidRDefault="007F144B">
       <w:pPr>
         <w:pStyle w:val="Tekstopmerking"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Verwijzingopmerking"/>
         </w:rPr>
         <w:annotationRef/>
@@ -26372,166 +25178,164 @@
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="7EE6B529" w15:done="0"/>
   <w15:commentEx w15:paraId="3F219759" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="23621C07" w16cex:dateUtc="2020-11-20T09:42:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="23621CC2" w16cex:dateUtc="2020-11-20T09:45:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="7EE6B529" w16cid:durableId="23621C07"/>
   <w16cid:commentId w16cid:paraId="3F219759" w16cid:durableId="23621CC2"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07B43F56" w14:textId="77777777" w:rsidR="00DA4F77" w:rsidRDefault="00DA4F77">
+    <w:p w14:paraId="25DA7FD5" w14:textId="77777777" w:rsidR="004A5535" w:rsidRDefault="004A5535">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="629798CB" w14:textId="77777777" w:rsidR="00DA4F77" w:rsidRDefault="00DA4F77">
+    <w:p w14:paraId="65E240CD" w14:textId="77777777" w:rsidR="004A5535" w:rsidRDefault="004A5535">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="27009F7F" w14:textId="77777777" w:rsidR="00DA4F77" w:rsidRDefault="00DA4F77"/>
+    <w:p w14:paraId="3E933E26" w14:textId="77777777" w:rsidR="004A5535" w:rsidRDefault="004A5535"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70990C93" w14:textId="77777777" w:rsidR="00286741" w:rsidRDefault="00691B12" w:rsidP="00286741">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -26637,65 +25441,65 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="059EF012" w14:textId="77777777" w:rsidR="00286741" w:rsidRPr="00815450" w:rsidRDefault="00286741" w:rsidP="00286741">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="680"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43277B38" w14:textId="77777777" w:rsidR="00DA4F77" w:rsidRDefault="00DA4F77">
+    <w:p w14:paraId="21CC4CD2" w14:textId="77777777" w:rsidR="004A5535" w:rsidRDefault="004A5535">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C442777" w14:textId="77777777" w:rsidR="00DA4F77" w:rsidRDefault="00DA4F77">
+    <w:p w14:paraId="1F769E30" w14:textId="77777777" w:rsidR="004A5535" w:rsidRDefault="004A5535">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3CCAA9BD" w14:textId="77777777" w:rsidR="00DA4F77" w:rsidRDefault="00DA4F77"/>
+    <w:p w14:paraId="1256B327" w14:textId="77777777" w:rsidR="004A5535" w:rsidRDefault="004A5535"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1969D7EA" w14:textId="774CDF41" w:rsidR="00286741" w:rsidRPr="00C908DA" w:rsidRDefault="00691B12">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C908DA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Ref no &lt;insert </w:t>
     </w:r>
@@ -32739,288 +31543,315 @@
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="478762848">
     <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1366367374">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="1030182455">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="53"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Lisa Büller">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::buller@health-holland.com::55bb44d6-f682-4a8a-905c-f5124beac64e"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-[...1 lines deleted...]
-  <w:trackRevisions/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00163F9E"/>
     <w:rsid w:val="00000A11"/>
     <w:rsid w:val="000108A5"/>
     <w:rsid w:val="00023C4F"/>
     <w:rsid w:val="000260BC"/>
     <w:rsid w:val="0002626E"/>
     <w:rsid w:val="00050666"/>
+    <w:rsid w:val="000564E8"/>
     <w:rsid w:val="000578C2"/>
     <w:rsid w:val="0006404A"/>
     <w:rsid w:val="0008102C"/>
     <w:rsid w:val="00091545"/>
     <w:rsid w:val="00094D63"/>
     <w:rsid w:val="000B74C1"/>
     <w:rsid w:val="000C0400"/>
     <w:rsid w:val="000C4BBE"/>
     <w:rsid w:val="000D6715"/>
     <w:rsid w:val="000E3C3F"/>
     <w:rsid w:val="000F1CCA"/>
     <w:rsid w:val="000F4F8E"/>
     <w:rsid w:val="001008BA"/>
     <w:rsid w:val="0010281D"/>
     <w:rsid w:val="00104D33"/>
     <w:rsid w:val="00114641"/>
     <w:rsid w:val="00115157"/>
     <w:rsid w:val="00156C55"/>
+    <w:rsid w:val="00157D45"/>
     <w:rsid w:val="001605C3"/>
     <w:rsid w:val="00163F9E"/>
     <w:rsid w:val="00177472"/>
     <w:rsid w:val="00185BE8"/>
     <w:rsid w:val="00187C44"/>
     <w:rsid w:val="001A6385"/>
     <w:rsid w:val="001B047B"/>
     <w:rsid w:val="001B7C5D"/>
     <w:rsid w:val="001C12FD"/>
     <w:rsid w:val="001D7186"/>
     <w:rsid w:val="001E1133"/>
     <w:rsid w:val="001F4C57"/>
     <w:rsid w:val="001F6983"/>
     <w:rsid w:val="00202C07"/>
     <w:rsid w:val="002100F1"/>
     <w:rsid w:val="00211F60"/>
+    <w:rsid w:val="0024412B"/>
     <w:rsid w:val="00265AFB"/>
     <w:rsid w:val="00275E63"/>
     <w:rsid w:val="00286741"/>
     <w:rsid w:val="002873DC"/>
     <w:rsid w:val="002B393D"/>
     <w:rsid w:val="002C2702"/>
     <w:rsid w:val="002C6B58"/>
+    <w:rsid w:val="002C79A2"/>
     <w:rsid w:val="002D7C2D"/>
     <w:rsid w:val="002E2AB2"/>
     <w:rsid w:val="002F77CE"/>
+    <w:rsid w:val="003047B7"/>
     <w:rsid w:val="00316E30"/>
     <w:rsid w:val="0035306F"/>
     <w:rsid w:val="003611A5"/>
+    <w:rsid w:val="003716EB"/>
     <w:rsid w:val="00376CC7"/>
     <w:rsid w:val="00390D49"/>
     <w:rsid w:val="00392B00"/>
     <w:rsid w:val="00397404"/>
     <w:rsid w:val="003A208C"/>
     <w:rsid w:val="003B4519"/>
+    <w:rsid w:val="003B56D0"/>
     <w:rsid w:val="003B5ED5"/>
     <w:rsid w:val="003C412B"/>
     <w:rsid w:val="003C7334"/>
     <w:rsid w:val="003D014F"/>
+    <w:rsid w:val="003D6DAA"/>
     <w:rsid w:val="003F3FFE"/>
     <w:rsid w:val="0042252D"/>
     <w:rsid w:val="00425371"/>
     <w:rsid w:val="00430FAF"/>
     <w:rsid w:val="004332EC"/>
     <w:rsid w:val="00441C23"/>
     <w:rsid w:val="00441F4E"/>
     <w:rsid w:val="0045505E"/>
+    <w:rsid w:val="00470A13"/>
     <w:rsid w:val="0047416A"/>
     <w:rsid w:val="00491778"/>
     <w:rsid w:val="0049563B"/>
     <w:rsid w:val="004972A2"/>
     <w:rsid w:val="004A1918"/>
+    <w:rsid w:val="004A5535"/>
+    <w:rsid w:val="004A646E"/>
     <w:rsid w:val="004B36B8"/>
     <w:rsid w:val="004D3FE7"/>
     <w:rsid w:val="004E21BE"/>
     <w:rsid w:val="004F49EF"/>
     <w:rsid w:val="004F5AD8"/>
     <w:rsid w:val="004F65E3"/>
     <w:rsid w:val="00502892"/>
     <w:rsid w:val="0055014A"/>
     <w:rsid w:val="0055210F"/>
     <w:rsid w:val="005747E8"/>
     <w:rsid w:val="0058203D"/>
     <w:rsid w:val="005A0E80"/>
     <w:rsid w:val="005A3166"/>
     <w:rsid w:val="005B356B"/>
     <w:rsid w:val="005B7118"/>
+    <w:rsid w:val="005E15BE"/>
     <w:rsid w:val="005E1EB7"/>
     <w:rsid w:val="005F17A9"/>
     <w:rsid w:val="005F3373"/>
     <w:rsid w:val="005F5CF9"/>
     <w:rsid w:val="00611BC0"/>
     <w:rsid w:val="00615BE6"/>
     <w:rsid w:val="00617CB9"/>
     <w:rsid w:val="00625C19"/>
     <w:rsid w:val="00625E8B"/>
+    <w:rsid w:val="00630C4F"/>
     <w:rsid w:val="006456CD"/>
     <w:rsid w:val="00646C65"/>
     <w:rsid w:val="0065085C"/>
     <w:rsid w:val="00656D32"/>
     <w:rsid w:val="0068061B"/>
     <w:rsid w:val="00691B12"/>
     <w:rsid w:val="006A1B8B"/>
+    <w:rsid w:val="006A327E"/>
     <w:rsid w:val="006A367D"/>
     <w:rsid w:val="006C042A"/>
     <w:rsid w:val="006C5036"/>
     <w:rsid w:val="006E1BF6"/>
     <w:rsid w:val="006E57A5"/>
     <w:rsid w:val="006F1C83"/>
     <w:rsid w:val="007079FC"/>
     <w:rsid w:val="007276DC"/>
     <w:rsid w:val="007316C1"/>
     <w:rsid w:val="007342D9"/>
     <w:rsid w:val="00743FEA"/>
     <w:rsid w:val="0076456C"/>
     <w:rsid w:val="00795856"/>
     <w:rsid w:val="007B3196"/>
     <w:rsid w:val="007D4727"/>
     <w:rsid w:val="007F1062"/>
     <w:rsid w:val="007F144B"/>
+    <w:rsid w:val="007F70AB"/>
     <w:rsid w:val="008141B0"/>
     <w:rsid w:val="00823BCC"/>
+    <w:rsid w:val="00825B4F"/>
     <w:rsid w:val="008267EC"/>
     <w:rsid w:val="0083302E"/>
     <w:rsid w:val="00840497"/>
     <w:rsid w:val="00843368"/>
     <w:rsid w:val="00871A2A"/>
     <w:rsid w:val="00874EBA"/>
     <w:rsid w:val="00875986"/>
+    <w:rsid w:val="00884E9A"/>
     <w:rsid w:val="00891717"/>
     <w:rsid w:val="0089332D"/>
     <w:rsid w:val="008D700E"/>
     <w:rsid w:val="008F724D"/>
     <w:rsid w:val="00933F10"/>
     <w:rsid w:val="00942681"/>
     <w:rsid w:val="009739ED"/>
     <w:rsid w:val="00974999"/>
     <w:rsid w:val="009767A6"/>
     <w:rsid w:val="00985D44"/>
     <w:rsid w:val="009A04A8"/>
     <w:rsid w:val="009B7357"/>
     <w:rsid w:val="009E2F0D"/>
     <w:rsid w:val="009F1043"/>
     <w:rsid w:val="009F4039"/>
     <w:rsid w:val="00A10341"/>
     <w:rsid w:val="00A11EAB"/>
     <w:rsid w:val="00A21D78"/>
     <w:rsid w:val="00A24FAB"/>
     <w:rsid w:val="00A33899"/>
     <w:rsid w:val="00A34E9A"/>
     <w:rsid w:val="00A47BCE"/>
     <w:rsid w:val="00A56030"/>
+    <w:rsid w:val="00A64703"/>
     <w:rsid w:val="00A8688D"/>
     <w:rsid w:val="00A8778B"/>
     <w:rsid w:val="00A979F6"/>
+    <w:rsid w:val="00AB04A1"/>
     <w:rsid w:val="00AB0D01"/>
     <w:rsid w:val="00AC286C"/>
     <w:rsid w:val="00AC2C37"/>
     <w:rsid w:val="00AD3A52"/>
+    <w:rsid w:val="00AE529B"/>
     <w:rsid w:val="00AF1016"/>
     <w:rsid w:val="00AF2B2E"/>
     <w:rsid w:val="00AF6448"/>
     <w:rsid w:val="00B043F3"/>
     <w:rsid w:val="00B06538"/>
     <w:rsid w:val="00B26D3C"/>
     <w:rsid w:val="00B326F0"/>
     <w:rsid w:val="00B4460D"/>
     <w:rsid w:val="00B469D7"/>
     <w:rsid w:val="00B63C7F"/>
     <w:rsid w:val="00B67C7F"/>
     <w:rsid w:val="00B76ED0"/>
     <w:rsid w:val="00B809DC"/>
     <w:rsid w:val="00B960FB"/>
     <w:rsid w:val="00BB648A"/>
     <w:rsid w:val="00BB731E"/>
     <w:rsid w:val="00BC3A66"/>
     <w:rsid w:val="00BD3D15"/>
     <w:rsid w:val="00BD46A0"/>
     <w:rsid w:val="00BE4A33"/>
     <w:rsid w:val="00BE5313"/>
     <w:rsid w:val="00C009A1"/>
     <w:rsid w:val="00C03185"/>
     <w:rsid w:val="00C246EF"/>
     <w:rsid w:val="00C24EFF"/>
+    <w:rsid w:val="00C53770"/>
     <w:rsid w:val="00C60579"/>
     <w:rsid w:val="00C678E4"/>
+    <w:rsid w:val="00C7046B"/>
     <w:rsid w:val="00C90D86"/>
     <w:rsid w:val="00C94A22"/>
     <w:rsid w:val="00CA5AB8"/>
+    <w:rsid w:val="00CA6B87"/>
     <w:rsid w:val="00CD0DC5"/>
     <w:rsid w:val="00CE1578"/>
     <w:rsid w:val="00CF35F6"/>
     <w:rsid w:val="00CF4D79"/>
     <w:rsid w:val="00CF5F32"/>
     <w:rsid w:val="00D26717"/>
+    <w:rsid w:val="00D32EA5"/>
     <w:rsid w:val="00D35DFE"/>
     <w:rsid w:val="00D44BB6"/>
+    <w:rsid w:val="00D47CEC"/>
     <w:rsid w:val="00D60410"/>
     <w:rsid w:val="00D634A3"/>
     <w:rsid w:val="00D65E2D"/>
     <w:rsid w:val="00D76BB3"/>
+    <w:rsid w:val="00D85E85"/>
     <w:rsid w:val="00D90EC8"/>
     <w:rsid w:val="00D93561"/>
     <w:rsid w:val="00DA0257"/>
     <w:rsid w:val="00DA4F77"/>
     <w:rsid w:val="00DC5544"/>
     <w:rsid w:val="00DC639D"/>
     <w:rsid w:val="00DE695D"/>
+    <w:rsid w:val="00DF1AA2"/>
+    <w:rsid w:val="00DF7E97"/>
     <w:rsid w:val="00E07428"/>
     <w:rsid w:val="00E16819"/>
     <w:rsid w:val="00E20FE3"/>
     <w:rsid w:val="00E33EC3"/>
     <w:rsid w:val="00E522FF"/>
     <w:rsid w:val="00E76954"/>
     <w:rsid w:val="00E77AEE"/>
     <w:rsid w:val="00E84533"/>
     <w:rsid w:val="00E87237"/>
     <w:rsid w:val="00E9163E"/>
     <w:rsid w:val="00EE565C"/>
     <w:rsid w:val="00EF002D"/>
     <w:rsid w:val="00EF3A5B"/>
     <w:rsid w:val="00F00DC4"/>
     <w:rsid w:val="00F124C9"/>
     <w:rsid w:val="00F14D9D"/>
     <w:rsid w:val="00F435E3"/>
     <w:rsid w:val="00F459C0"/>
     <w:rsid w:val="00F515EF"/>
     <w:rsid w:val="00F551EE"/>
     <w:rsid w:val="00F668DD"/>
     <w:rsid w:val="00F863AA"/>
     <w:rsid w:val="00F86A75"/>
     <w:rsid w:val="00F9478A"/>
     <w:rsid w:val="00FA3711"/>
@@ -33961,51 +32792,51 @@
     <w:rsid w:val="00163F9E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Geenafstand">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00163F9E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -34275,77 +33106,81 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b5c32d9d-ebaa-48e4-a47b-e71dfa22ea6e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3bc82a5c-a3c4-44bd-982b-700856bb6503">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001FB1C36385E501408A544AE6B17C83C2" ma:contentTypeVersion="18" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="35bb910cc9e2c6f5527c7beb784d989d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3bc82a5c-a3c4-44bd-982b-700856bb6503" xmlns:ns3="b5c32d9d-ebaa-48e4-a47b-e71dfa22ea6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e33b618b4cac7d3ed1f6bb7b4aa3892c" ns2:_="" ns3:_="">
     <xsd:import namespace="3bc82a5c-a3c4-44bd-982b-700856bb6503"/>
     <xsd:import namespace="b5c32d9d-ebaa-48e4-a47b-e71dfa22ea6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
@@ -34559,111 +33394,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{772635E9-477E-407C-B14D-EE823CCE9B5D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E742C5-A6B7-40FD-8DB2-6E60D245DB6A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="3bc82a5c-a3c4-44bd-982b-700856bb6503"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3C4ADE5-BE20-4431-8C90-7C7289A3623A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E742C5-A6B7-40FD-8DB2-6E60D245DB6A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{772635E9-477E-407C-B14D-EE823CCE9B5D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b5c32d9d-ebaa-48e4-a47b-e71dfa22ea6e"/>
+    <ds:schemaRef ds:uri="3bc82a5c-a3c4-44bd-982b-700856bb6503"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AF1827B-9337-418E-B70C-45400F95C198}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3bc82a5c-a3c4-44bd-982b-700856bb6503"/>
     <ds:schemaRef ds:uri="b5c32d9d-ebaa-48e4-a47b-e71dfa22ea6e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439984A1-006A-9A4E-8D51-58135B863DB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>49759</Characters>
+  <Pages>23</Pages>
+  <Words>9162</Words>
+  <Characters>50397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>414</Lines>
-  <Paragraphs>117</Paragraphs>
+  <Lines>419</Lines>
+  <Paragraphs>118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>58688</CharactersWithSpaces>
+  <CharactersWithSpaces>59441</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>L. van Kouterik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001FB1C36385E501408A544AE6B17C83C2</vt:lpwstr>